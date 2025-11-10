--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3714408711"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_337465855"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_337465855"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_337465855"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3714408711"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_337465855"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_337465855"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_337465855"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3714408711"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_337465855"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_337465855"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_337465855"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3714408711"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_337465855"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_337465855"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_337465855"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3714408711"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_337465855"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_337465855"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_337465855"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3714408711"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_337465855"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_337465855"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_337465855"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3714408711"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_337465855"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_337465855"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_337465855"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3714408711"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_337465855"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_337465855"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_337465855"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3714408711"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3714408711"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_337465855"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_337465855"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_337465855"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>