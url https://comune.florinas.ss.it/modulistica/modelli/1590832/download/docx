--- v1 (2025-11-10)
+++ v2 (2025-12-04)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_337465855"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3276311281"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3276311281"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3276311281"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_337465855"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3276311281"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3276311281"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3276311281"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_337465855"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3276311281"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3276311281"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3276311281"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_337465855"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3276311281"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3276311281"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3276311281"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_337465855"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3276311281"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3276311281"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3276311281"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_337465855"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3276311281"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3276311281"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3276311281"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_337465855"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3276311281"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3276311281"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3276311281"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_337465855"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3276311281"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3276311281"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3276311281"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_337465855"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_337465855"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3276311281"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3276311281"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3276311281"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>