--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3276311281"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3049445074"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3049445074"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3049445074"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3276311281"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3049445074"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3049445074"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3049445074"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3276311281"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3049445074"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3049445074"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3049445074"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3276311281"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3049445074"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3049445074"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3049445074"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3276311281"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3049445074"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3049445074"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3049445074"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3276311281"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3049445074"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3049445074"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3049445074"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3276311281"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3049445074"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3049445074"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3049445074"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3276311281"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3049445074"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3049445074"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3049445074"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3276311281"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3276311281"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3049445074"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3049445074"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3049445074"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>