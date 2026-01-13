--- v3 (2025-12-24)
+++ v4 (2026-01-13)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3049445074"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_99808988"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_99808988"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_99808988"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3049445074"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_99808988"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_99808988"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_99808988"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3049445074"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_99808988"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_99808988"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_99808988"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3049445074"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_99808988"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_99808988"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_99808988"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3049445074"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_99808988"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_99808988"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_99808988"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3049445074"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_99808988"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_99808988"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_99808988"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3049445074"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_99808988"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_99808988"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_99808988"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3049445074"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_99808988"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_99808988"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_99808988"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3049445074"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3049445074"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_99808988"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_99808988"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_99808988"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>