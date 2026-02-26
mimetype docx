--- v4 (2026-01-13)
+++ v5 (2026-02-26)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_99808988"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4199805143"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4199805143"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4199805143"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_99808988"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4199805143"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4199805143"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4199805143"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_99808988"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4199805143"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4199805143"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4199805143"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_99808988"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4199805143"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4199805143"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4199805143"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_99808988"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4199805143"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4199805143"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4199805143"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_99808988"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4199805143"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4199805143"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4199805143"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_99808988"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4199805143"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4199805143"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4199805143"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_99808988"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4199805143"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4199805143"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4199805143"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_99808988"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_99808988"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4199805143"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4199805143"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4199805143"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>