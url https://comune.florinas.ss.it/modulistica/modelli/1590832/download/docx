--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -282,199 +282,199 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4199805143"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_104285752"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_104285752"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_104285752"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificato</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4199805143"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_104285752"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_104285752"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_104285752"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4199805143"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_104285752"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_104285752"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_104285752"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per riassunto con paternità e maternità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4199805143"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_104285752"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_104285752"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_104285752"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estratto per copia integrale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -513,243 +513,243 @@
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4199805143"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_104285752"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_104285752"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_104285752"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di nascita</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4199805143"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_104285752"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_104285752"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_104285752"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atti di matrimonio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4199805143"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_104285752"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_104285752"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_104285752"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di morte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="276"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4199805143"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_104285752"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_104285752"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_104285752"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di cittadinanza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4199805143"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4199805143"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_104285752"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_104285752"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_104285752"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atto di .......................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>